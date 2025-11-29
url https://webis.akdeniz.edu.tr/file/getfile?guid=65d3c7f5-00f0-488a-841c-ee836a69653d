--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -1,54 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00C740A5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">    T.C.</w:t>
       </w:r>
       <w:r w:rsidR="004336C8" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
@@ -140,202 +139,155 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00C2202B" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>KLER</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="004336C8" w:rsidRPr="00DE62D4">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00DE62D4" w:rsidRPr="00DE62D4" w:rsidRDefault="00DE62D4" w:rsidP="00DE62D4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>1- Eski kartın;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004336C8" w:rsidRPr="00DE62D4" w:rsidRDefault="00C05ABA" w:rsidP="00DE62D4">
+    <w:p w:rsidR="004336C8" w:rsidRPr="00DE62D4" w:rsidRDefault="004336C8" w:rsidP="00DE62D4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="004336C8" w:rsidRPr="00DE62D4">
+      <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
-      <w:r w:rsidR="004336C8" w:rsidRPr="00DE62D4">
+      <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kay</w:t>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>bolması</w:t>
       </w:r>
-      <w:r w:rsidR="004336C8" w:rsidRPr="00DE62D4">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> veya Yerel Basılı Gazetede Yayımlanmış Kayıp İlanı</w:t>
+      <w:r w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> durumunda: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ulusal veya Yerel Basılı Gazetede Yayımlanmış Kayıp İlanı</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004336C8" w:rsidRPr="00DE62D4" w:rsidRDefault="004336C8" w:rsidP="00DE62D4">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>b)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Yıpranma, kırılma, manyetik özelliğinin bozulması vb. </w:t>
-[...8 lines deleted...]
-        <w:t>durumlar</w:t>
+        <w:t xml:space="preserve"> Yıpranma, kırılma, manyetik özelliğinin bozulması vb. durumlar</w:t>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ın</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>da:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Hasarlı</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Kimlik Kartı</w:t>
+        <w:t>Hasarlı Kimlik Kartı</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>c)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Çalınma</w:t>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sı</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
@@ -352,115 +304,196 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Karakol Tutanağı</w:t>
       </w:r>
       <w:r w:rsidR="00DE62D4" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2- </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Banka Dekontu (Ziraat Bankası </w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> hesap numarasına </w:t>
+        <w:t>Banka Dekontu (</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7C03" w:rsidRPr="001D7B2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Akdeniz Üniversitesi Strateji Geliştirme Daire Başkanlığı</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7C03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’nın </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7B2C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">T.C. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ziraat Bankası</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7B2C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AŞ.’nin</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A39">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uncalı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Şubesi</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7B2C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ndeki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>TR</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>58 000100198840 5079306651</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7B2C" w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>İBAN</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7B2C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nolu hesab</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7C03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ına</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A39" w:rsidRPr="00B34A39">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00B61A8A" w:rsidRPr="00B61A8A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>75</w:t>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00B61A8A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> TL</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kimlik kart bedeli yatırılır ve dekont kimlik talep formu ile beraber teslim edilir.)</w:t>
+        <w:t xml:space="preserve"> kimlik kart bedeli yatırılır ve dekont kimlik talep formu ile beraber teslim edilir.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7C03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004336C8" w:rsidRPr="00DE62D4" w:rsidRDefault="004336C8" w:rsidP="004336C8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="008D15AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
@@ -488,496 +521,361 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>: ………………………………</w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>T.C. Numar</w:t>
       </w:r>
       <w:r w:rsidR="008D15AB" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ası                                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE62D4">
-[...5 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>:…</w:t>
-[...6 lines deleted...]
-        <w:t>………………………………….</w:t>
+        <w:t>:…………………………………….</w:t>
       </w:r>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Okul Numarası</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>: ………………………………</w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="009F4604" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Fakülte/</w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Fakülte/Yük.okul/Enst</w:t>
+      </w:r>
       <w:r w:rsidR="00C740A5" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C740A5" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C740A5" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>: ………………………………</w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="008D15AB" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Bölümü</w:t>
       </w:r>
       <w:r w:rsidR="00C740A5" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>/ Programı</w:t>
       </w:r>
       <w:r w:rsidR="00C740A5" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C740A5" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>: ………………………………</w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>GSM</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>: ………………………………</w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>E-Posta Adresi</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>: ………………………………</w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ADRES</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
-        <w:t>: ………………………………</w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="006006E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>……………………………………..……………………………………</w:t>
       </w:r>
       <w:r w:rsidR="006006E4" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1036,67 +934,51 @@
         </w:rPr>
         <w:t>artımı bir başkasına rehin olarak bırakmayacağımı, benim dışında başka kimseler tarafından kullanılmasın</w:t>
       </w:r>
       <w:r w:rsidR="00630FDC" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> izin vermeyeceğimi taahhüt </w:t>
       </w:r>
       <w:r w:rsidR="00630FDC" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>eder;</w:t>
-[...15 lines deleted...]
-        <w:t>k</w:t>
+        <w:t>eder;k</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ullanılması durumunda </w:t>
       </w:r>
       <w:r w:rsidR="00F9790A" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>şahsım</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ve kullananlar hakkında gerekli idari ve adli işlemler tesis </w:t>
       </w:r>
@@ -1110,247 +992,234 @@
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> kabul ederim.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00C740A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001633E5">
       <w:pPr>
         <w:ind w:left="7080" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TESLİM ALDIM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A3191" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001633E5">
       <w:pPr>
         <w:ind w:firstLine="8080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Tarih /İmza</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CB0BFF" w:rsidRDefault="00C740A5" w:rsidP="008C1886">
       <w:pPr>
         <w:ind w:firstLine="8080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
       <w:r w:rsidR="004202A8" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Not:</w:t>
       </w:r>
+      <w:r w:rsidR="0093037A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Akdeniz Üniversitesi Kimlik Kartlar Yönergesinin 13 üncü Maddesi</w:t>
+      </w:r>
       <w:r w:rsidR="00980265" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>Akdeniz Üniversitesi Kimlik Kartlar Yönergesinin 13 üncü Maddesi</w:t>
+        <w:t xml:space="preserve"> gereğince kimlik kartını kaybeden öğrencilerin </w:t>
+      </w:r>
+      <w:r w:rsidR="00F448B9" w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bir</w:t>
       </w:r>
       <w:r w:rsidR="00980265" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gereğince kimlik kartını kaybeden öğrencilerin </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  ulusal veya yerel basılı gazetede kayıp ilanı vermeleri gerekmektedir.</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C1886" w:rsidRPr="00CB0BFF" w:rsidRDefault="00CB0BFF" w:rsidP="00B61A8A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8565"/>
           <w:tab w:val="left" w:pos="9124"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B61A8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008C1886" w:rsidRPr="00CB0BFF" w:rsidSect="00EE6470">
+    <w:sectPr w:rsidR="008C1886" w:rsidRPr="00CB0BFF" w:rsidSect="00DE7F6D">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1133" w:bottom="1135" w:left="851" w:header="340" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...1 lines deleted...]
-    <w:p w:rsidR="00CD06CC" w:rsidRDefault="00CD06CC">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00DB4A08" w:rsidRDefault="00DB4A08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CD06CC" w:rsidRDefault="00CD06CC">
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00DB4A08" w:rsidRDefault="00DB4A08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="00BE7D5C" w:rsidRDefault="00BE7D5C" w:rsidP="00BE7D5C">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>F</w:t>
     </w:r>
     <w:r w:rsidRPr="000F314F">
       <w:t>orm No: 73011926.FR.08</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
@@ -1359,98 +1228,98 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="000F314F">
-      <w:t xml:space="preserve">        </w:t>
+    <w:r w:rsidR="007D7A0E">
+      <w:t>Rev.No:</w:t>
     </w:r>
-    <w:r w:rsidR="007D7A0E">
-      <w:t>Rev.No:0</w:t>
+    <w:r w:rsidR="0098720C">
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="00B61A8A">
-      <w:t>9</w:t>
+    <w:r w:rsidR="001D7B2C">
+      <w:t>1</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE7D5C" w:rsidRDefault="00BE7D5C">
     <w:pPr>
-      <w:pStyle w:val="AltBilgi"/>
+      <w:pStyle w:val="Altbilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...1 lines deleted...]
-    <w:p w:rsidR="00CD06CC" w:rsidRDefault="00CD06CC">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00DB4A08" w:rsidRDefault="00DB4A08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CD06CC" w:rsidRDefault="00CD06CC">
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00DB4A08" w:rsidRDefault="00DB4A08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00FC1FA6" w:rsidRPr="00FC1FA6" w:rsidRDefault="00BE7D5C" w:rsidP="00BE7D5C">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="001C511A" w:rsidRPr="00FC1FA6" w:rsidRDefault="00BE7D5C" w:rsidP="00BE7D5C">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="stbilgi"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BE7D5C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="647700" cy="523875"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Resim 1" descr="Akdeniz Universitesi-tr"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Resim 1" descr="Akdeniz Universitesi-tr"/>
                   <pic:cNvPicPr>
@@ -1469,52 +1338,52 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="647700" cy="523875"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="058B6386"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B3052E0"/>
     <w:lvl w:ilvl="0" w:tplc="B4E659B0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:spacing w:val="-27"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0DEC6B9E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="358"/>
@@ -1555,51 +1424,51 @@
     <w:lvl w:ilvl="6" w:tplc="B84E31F4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="358"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D736E78C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="358"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80C6CE5A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="358"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0E38366A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="721AD7D2"/>
     <w:lvl w:ilvl="0" w:tplc="29168420">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="396"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2EC22756">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="396"/>
       </w:pPr>
@@ -1639,51 +1508,51 @@
     <w:lvl w:ilvl="6" w:tplc="55FAE13A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="1D4E93DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F3DE2C50">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="123C3A46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="417E0DAE"/>
     <w:lvl w:ilvl="0" w:tplc="2C842BE4">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="341"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3FA05E28">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1734,51 +1603,51 @@
     <w:lvl w:ilvl="6" w:tplc="A7BA0184">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="267"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="776E23CA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="267"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="678CF1A0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="267"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="1736304C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71CE4BA4"/>
     <w:lvl w:ilvl="0" w:tplc="23CEE9D2">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B69C0414">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="348"/>
@@ -1819,51 +1688,51 @@
     <w:lvl w:ilvl="6" w:tplc="F4FE33F0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="348"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0CD47F54">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="348"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3C96BA9C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="348"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="18687D34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="055CE15C"/>
     <w:lvl w:ilvl="0" w:tplc="0D34F5AC">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="387"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="546AC55E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="387"/>
       </w:pPr>
@@ -1903,51 +1772,51 @@
     <w:lvl w:ilvl="6" w:tplc="8730CDCA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="387"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="79368F92">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="387"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="36387264">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="387"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="1DB96FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1FE22B0"/>
     <w:lvl w:ilvl="0" w:tplc="829E88C6">
       <w:start w:val="20"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2016,51 +1885,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="210D3590"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D89A0610"/>
     <w:lvl w:ilvl="0" w:tplc="B096F8E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B">
@@ -2126,51 +1995,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="25903365"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E83CFCF0"/>
     <w:lvl w:ilvl="0" w:tplc="3CC47F4A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="399"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A2E0F5B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="399"/>
       </w:pPr>
@@ -2210,51 +2079,51 @@
     <w:lvl w:ilvl="6" w:tplc="6EE26222">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="399"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="15F222D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="399"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2580ECFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="399"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="2A5949E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FA65610"/>
     <w:lvl w:ilvl="0" w:tplc="298A2206">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="492"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E44FEC8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="492"/>
       </w:pPr>
@@ -2294,51 +2163,51 @@
     <w:lvl w:ilvl="6" w:tplc="81D8D132">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="492"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E424DC8C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="492"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A3CA2EE4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="492"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="4AFD0EA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC3A1D92"/>
     <w:lvl w:ilvl="0" w:tplc="041F0009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2407,51 +2276,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="4C13354A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="639A8DCA"/>
     <w:lvl w:ilvl="0" w:tplc="9A366EF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -2496,51 +2365,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="63994206"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D89A0610"/>
     <w:lvl w:ilvl="0" w:tplc="B096F8E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B">
@@ -2606,51 +2475,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="65F24348"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5B2F800"/>
     <w:lvl w:ilvl="0" w:tplc="E508E852">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="331"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="128C0C06">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="331"/>
       </w:pPr>
@@ -2690,51 +2559,51 @@
     <w:lvl w:ilvl="6" w:tplc="28B03314">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="331"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DE6C7426">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="331"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="76A62500">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="331"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="682D5DED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CD86B26"/>
     <w:lvl w:ilvl="0" w:tplc="2EAE3A0A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="396"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:spacing w:val="-28"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EFB20E88">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="396"/>
@@ -2775,51 +2644,51 @@
     <w:lvl w:ilvl="6" w:tplc="1CE62DFE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E968B9FC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B00A1420">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="70264060"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA3E72EC"/>
     <w:lvl w:ilvl="0" w:tplc="2F8C6A6A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="403"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E6862036">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="403"/>
       </w:pPr>
@@ -3050,610 +2919,385 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat>
-[...6 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00C740A5"/>
+    <w:rsid w:val="00045D71"/>
+    <w:rsid w:val="000477C4"/>
     <w:rsid w:val="00047FF1"/>
     <w:rsid w:val="0008615F"/>
     <w:rsid w:val="000A7700"/>
     <w:rsid w:val="001078FA"/>
     <w:rsid w:val="0014460C"/>
     <w:rsid w:val="001633E5"/>
     <w:rsid w:val="001857FC"/>
     <w:rsid w:val="001926F3"/>
     <w:rsid w:val="001B250D"/>
     <w:rsid w:val="001B7B7C"/>
+    <w:rsid w:val="001C511A"/>
+    <w:rsid w:val="001D7B2C"/>
     <w:rsid w:val="001E0564"/>
+    <w:rsid w:val="001F0B37"/>
     <w:rsid w:val="002A6177"/>
     <w:rsid w:val="002A6EE8"/>
     <w:rsid w:val="002B2AD5"/>
+    <w:rsid w:val="002F0EFB"/>
     <w:rsid w:val="003149C8"/>
     <w:rsid w:val="00323026"/>
     <w:rsid w:val="00395D60"/>
     <w:rsid w:val="003C0C54"/>
     <w:rsid w:val="003F0502"/>
     <w:rsid w:val="004202A8"/>
     <w:rsid w:val="004336C8"/>
     <w:rsid w:val="00447510"/>
+    <w:rsid w:val="00475252"/>
     <w:rsid w:val="004B273E"/>
     <w:rsid w:val="00500736"/>
+    <w:rsid w:val="0050347E"/>
     <w:rsid w:val="00526FFF"/>
     <w:rsid w:val="005418F0"/>
     <w:rsid w:val="00554118"/>
     <w:rsid w:val="0056786B"/>
+    <w:rsid w:val="005B6681"/>
     <w:rsid w:val="006006E4"/>
     <w:rsid w:val="00601ADC"/>
     <w:rsid w:val="00603560"/>
     <w:rsid w:val="00622A04"/>
     <w:rsid w:val="00630FDC"/>
+    <w:rsid w:val="00650FB8"/>
     <w:rsid w:val="00675B75"/>
     <w:rsid w:val="006D19C4"/>
     <w:rsid w:val="0071219B"/>
     <w:rsid w:val="007851C7"/>
     <w:rsid w:val="007A1EB7"/>
     <w:rsid w:val="007D053E"/>
     <w:rsid w:val="007D7A0E"/>
     <w:rsid w:val="008059C5"/>
     <w:rsid w:val="00824410"/>
     <w:rsid w:val="00835A6C"/>
     <w:rsid w:val="00890810"/>
     <w:rsid w:val="008A3191"/>
     <w:rsid w:val="008B7224"/>
     <w:rsid w:val="008C1886"/>
     <w:rsid w:val="008D15AB"/>
+    <w:rsid w:val="008E7C03"/>
     <w:rsid w:val="009077E1"/>
     <w:rsid w:val="0093037A"/>
     <w:rsid w:val="0095341D"/>
     <w:rsid w:val="00960906"/>
     <w:rsid w:val="00980265"/>
+    <w:rsid w:val="0098720C"/>
     <w:rsid w:val="009A2DD4"/>
+    <w:rsid w:val="009E03DC"/>
     <w:rsid w:val="009F4604"/>
     <w:rsid w:val="00A363AB"/>
     <w:rsid w:val="00AA5CF0"/>
     <w:rsid w:val="00AB130E"/>
     <w:rsid w:val="00AC61B2"/>
     <w:rsid w:val="00AF2EE0"/>
     <w:rsid w:val="00B135BC"/>
+    <w:rsid w:val="00B34A39"/>
+    <w:rsid w:val="00B40929"/>
     <w:rsid w:val="00B61A8A"/>
     <w:rsid w:val="00BA5E50"/>
     <w:rsid w:val="00BC6156"/>
+    <w:rsid w:val="00BD7612"/>
     <w:rsid w:val="00BE7D5C"/>
     <w:rsid w:val="00C05ABA"/>
     <w:rsid w:val="00C16594"/>
     <w:rsid w:val="00C2202B"/>
     <w:rsid w:val="00C27DE1"/>
     <w:rsid w:val="00C400B6"/>
     <w:rsid w:val="00C45341"/>
     <w:rsid w:val="00C740A5"/>
     <w:rsid w:val="00C92659"/>
     <w:rsid w:val="00CB0BFF"/>
+    <w:rsid w:val="00CB79B5"/>
     <w:rsid w:val="00CD06CC"/>
     <w:rsid w:val="00D404C2"/>
     <w:rsid w:val="00D5227A"/>
     <w:rsid w:val="00D62178"/>
+    <w:rsid w:val="00DB4A08"/>
+    <w:rsid w:val="00DC2135"/>
     <w:rsid w:val="00DE62D4"/>
+    <w:rsid w:val="00DE7F6D"/>
     <w:rsid w:val="00E10896"/>
     <w:rsid w:val="00E14B57"/>
     <w:rsid w:val="00E35853"/>
+    <w:rsid w:val="00E44A3C"/>
     <w:rsid w:val="00E54BF3"/>
     <w:rsid w:val="00E63984"/>
     <w:rsid w:val="00EE01B3"/>
     <w:rsid w:val="00EE6470"/>
+    <w:rsid w:val="00F05080"/>
     <w:rsid w:val="00F1239B"/>
     <w:rsid w:val="00F31DFC"/>
     <w:rsid w:val="00F40F9E"/>
     <w:rsid w:val="00F448B9"/>
     <w:rsid w:val="00F8386D"/>
     <w:rsid w:val="00F861BC"/>
     <w:rsid w:val="00F9790A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4870C1F8"/>
-  <w15:docId w15:val="{2DA7F9EE-0C54-41F6-AB52-D33CBD3AF1A5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...374 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C740A5"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="GvdeMetni">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="GvdeMetniChar"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C740A5"/>
@@ -3699,154 +3343,161 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C740A5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stBilgi">
+  <w:style w:type="paragraph" w:styleId="stbilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stBilgiChar"/>
+    <w:link w:val="stbilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C740A5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
-    <w:name w:val="Üst Bilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="stBilgi"/>
+    <w:link w:val="stbilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C740A5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C740A5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C740A5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00960906"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AltBilgi">
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltBilgiChar"/>
+    <w:link w:val="AltbilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C1886"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
-    <w:name w:val="Alt Bilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="AltBilgi"/>
+    <w:link w:val="Altbilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008C1886"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="375273889">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -4121,66 +3772,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>243</Words>
-  <Characters>1388</Characters>
+  <Words>248</Words>
+  <Characters>1419</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1628</CharactersWithSpaces>
+  <CharactersWithSpaces>1664</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>NUKHET</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>