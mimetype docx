--- v1 (2025-11-29)
+++ v2 (2026-03-15)
@@ -1,293 +1,296 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00C740A5">
+    <w:p w14:paraId="14D17345" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00C740A5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">    T.C.</w:t>
       </w:r>
       <w:r w:rsidR="004336C8" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>AKDENİZ ÜNİVERSİTESİ REKTÖRLÜĞÜ</w:t>
       </w:r>
       <w:r w:rsidR="004336C8" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>ÖĞRENCİ İŞLERİ DAİRE BAŞKANLIĞINA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00C740A5">
+    <w:p w14:paraId="423FD7B0" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00C740A5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004202A8" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00C740A5">
+    <w:p w14:paraId="26424891" w14:textId="77777777" w:rsidR="004202A8" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00C740A5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Üniversitemizce verilen öğrenci kimlik kartımın </w:t>
       </w:r>
       <w:r w:rsidR="00323026" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>çalıntı/kayıp/yıpranma/kırılma/</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">manyetik özelliğinin kaybolması nedeniyle yeniden düzenlenmesi için gereğini izninize arz ederim. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE6470" w:rsidRPr="00DE62D4" w:rsidRDefault="00EE6470" w:rsidP="00C740A5">
+    <w:p w14:paraId="57E69D0B" w14:textId="77777777" w:rsidR="00EE6470" w:rsidRPr="00DE62D4" w:rsidRDefault="00EE6470" w:rsidP="00C740A5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="008D15AB">
+    <w:p w14:paraId="45239BF1" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="008D15AB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="7788" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Tarih/ İmza</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE62D4" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00DE62D4">
+    <w:p w14:paraId="02224A71" w14:textId="77777777" w:rsidR="00DE62D4" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00DE62D4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00C2202B" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>KLER</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE62D4" w:rsidRPr="00DE62D4" w:rsidRDefault="00DE62D4" w:rsidP="00DE62D4">
+    <w:p w14:paraId="788E7503" w14:textId="77777777" w:rsidR="00DE62D4" w:rsidRPr="00DE62D4" w:rsidRDefault="00DE62D4" w:rsidP="00DE62D4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>1- Eski kartın;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004336C8" w:rsidRPr="00DE62D4" w:rsidRDefault="004336C8" w:rsidP="00DE62D4">
+    <w:p w14:paraId="0C2BFB7E" w14:textId="48813843" w:rsidR="004336C8" w:rsidRPr="00DE62D4" w:rsidRDefault="004336C8" w:rsidP="00213D4F">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kay</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> Ulusal veya Yerel Basılı Gazetede Yayımlanmış Kayıp İlanı</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00213D4F" w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kaybolması durumunda: </w:t>
+      </w:r>
+      <w:r w:rsidR="00213D4F" w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ulusal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veya Yerel Basılı Gazetede Yayımlanmış Kayıp İlanı</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004336C8" w:rsidRPr="00DE62D4" w:rsidRDefault="004336C8" w:rsidP="00DE62D4">
+    <w:p w14:paraId="0E5BBD82" w14:textId="270FC924" w:rsidR="004336C8" w:rsidRPr="00DE62D4" w:rsidRDefault="004336C8" w:rsidP="00DE62D4">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>b)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Yıpranma, kırılma, manyetik özelliğinin bozulması vb. durumlar</w:t>
-[...21 lines deleted...]
-        <w:t>Hasarlı Kimlik Kartı</w:t>
+        <w:t xml:space="preserve"> Yıpranma, kırılma, manyetik özelliğinin bozulması vb. </w:t>
+      </w:r>
+      <w:r w:rsidR="00213D4F" w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>durumlarında:</w:t>
+      </w:r>
+      <w:r w:rsidR="00213D4F" w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hasarlı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kimlik Kartı</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>c)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Çalınma</w:t>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sı</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
@@ -343,580 +346,634 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’nın </w:t>
       </w:r>
       <w:r w:rsidR="001D7B2C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T.C. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ziraat Bankası</w:t>
       </w:r>
       <w:r w:rsidR="001D7B2C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> AŞ.’nin</w:t>
+        <w:t xml:space="preserve"> AŞ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4D67">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7B2C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nin</w:t>
+      </w:r>
+      <w:r w:rsidR="00213D4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B34A39">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Uncalı</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Şubesi</w:t>
       </w:r>
       <w:r w:rsidR="001D7B2C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ndeki</w:t>
       </w:r>
+      <w:r w:rsidR="00213D4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TR</w:t>
       </w:r>
       <w:r w:rsidR="00B34A39">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>58 000100198840 5079306651</w:t>
       </w:r>
+      <w:r w:rsidR="00213D4F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="001D7B2C" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>İBAN</w:t>
       </w:r>
       <w:r w:rsidR="001D7B2C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>nolu hesab</w:t>
+        <w:t xml:space="preserve"> hesab</w:t>
       </w:r>
       <w:r w:rsidR="008E7C03">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ına</w:t>
       </w:r>
-      <w:r w:rsidR="00B34A39" w:rsidRPr="00B34A39">
-[...14 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00213D4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4D67" w:rsidRPr="00CB4D67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00B34A39">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00B61A8A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> TL</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kimlik kart bedeli yatırılır ve dekont kimlik talep formu ile beraber teslim edilir.</w:t>
+        <w:t xml:space="preserve"> kimlik kart bedeli yatırılır ve dekont kimlik talep formu </w:t>
+      </w:r>
+      <w:r w:rsidR="00213D4F" w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teslim edilir.</w:t>
       </w:r>
       <w:r w:rsidR="008E7C03">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004336C8" w:rsidRPr="00DE62D4" w:rsidRDefault="004336C8" w:rsidP="004336C8">
+    <w:p w14:paraId="7081E88F" w14:textId="77777777" w:rsidR="004336C8" w:rsidRPr="00DE62D4" w:rsidRDefault="004336C8" w:rsidP="004336C8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="008D15AB">
+    <w:p w14:paraId="42C3A8F7" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="008D15AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ÖĞRENCİNİN </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
+    <w:p w14:paraId="6735DEAD" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Adı Soyadı</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
+    <w:p w14:paraId="18AC6F9D" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>T.C. Numar</w:t>
       </w:r>
       <w:r w:rsidR="008D15AB" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ası                                  </w:t>
       </w:r>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:…………………………………….</w:t>
       </w:r>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
+    <w:p w14:paraId="2A428891" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Okul Numarası</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="009F4604" w:rsidP="001857FC">
+    <w:p w14:paraId="557DF4CC" w14:textId="194304E1" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="009F4604" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Fakülte/Yük.okul/Enst</w:t>
+        <w:t>Fakülte/Yük</w:t>
+      </w:r>
+      <w:r w:rsidR="00213D4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>sek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>okul/Enst</w:t>
+      </w:r>
+      <w:r w:rsidR="00213D4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>itü</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C05ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00C740A5" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="008D15AB" w:rsidP="001857FC">
+    <w:p w14:paraId="5C2512F2" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="008D15AB" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Bölümü</w:t>
       </w:r>
       <w:r w:rsidR="00C740A5" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>/ Programı</w:t>
       </w:r>
       <w:r w:rsidR="00C740A5" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C740A5" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
+    <w:p w14:paraId="1554A9C7" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>GSM</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F4604" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
+    <w:p w14:paraId="6C02054A" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>E-Posta Adresi</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
+    <w:p w14:paraId="2491EB75" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001857FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ADRES</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>: ……………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="006006E4">
+    <w:p w14:paraId="0D02BFD9" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="006006E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>……………………………………..……………………………………</w:t>
       </w:r>
       <w:r w:rsidR="006006E4" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidR="00C05ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>…........................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="006006E4">
+    <w:p w14:paraId="3D86A13A" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="006006E4">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001857FC" w:rsidRPr="00DE62D4" w:rsidRDefault="001857FC" w:rsidP="000A7700">
+    <w:p w14:paraId="70E40D27" w14:textId="35865FC9" w:rsidR="001857FC" w:rsidRPr="00DE62D4" w:rsidRDefault="001857FC" w:rsidP="000A7700">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kimlik </w:t>
       </w:r>
       <w:r w:rsidR="00F448B9" w:rsidRPr="00DE62D4">
         <w:rPr>
@@ -934,293 +991,327 @@
         </w:rPr>
         <w:t>artımı bir başkasına rehin olarak bırakmayacağımı, benim dışında başka kimseler tarafından kullanılmasın</w:t>
       </w:r>
       <w:r w:rsidR="00630FDC" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> izin vermeyeceğimi taahhüt </w:t>
       </w:r>
       <w:r w:rsidR="00630FDC" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>eder;k</w:t>
+        <w:t>eder;</w:t>
+      </w:r>
+      <w:r w:rsidR="00213D4F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00630FDC" w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ullanılması durumunda </w:t>
       </w:r>
       <w:r w:rsidR="00F9790A" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>şahsım</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ve kullananlar hakkında gerekli idari ve adli işlemler tesis </w:t>
       </w:r>
       <w:r w:rsidR="00630FDC" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>edileceğini</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> kabul ederim.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00C740A5">
+    <w:p w14:paraId="77D97E43" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="00C740A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001633E5">
+    <w:p w14:paraId="6DCDBC29" w14:textId="77777777" w:rsidR="00C740A5" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001633E5">
       <w:pPr>
         <w:ind w:left="7080" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TESLİM ALDIM</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A3191" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001633E5">
+    <w:p w14:paraId="08B8596C" w14:textId="77777777" w:rsidR="008A3191" w:rsidRPr="00DE62D4" w:rsidRDefault="00C740A5" w:rsidP="001633E5">
       <w:pPr>
         <w:ind w:firstLine="8080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Tarih /İmza</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB0BFF" w:rsidRDefault="00C740A5" w:rsidP="008C1886">
+    <w:p w14:paraId="234B46B3" w14:textId="6E613E76" w:rsidR="00CB0BFF" w:rsidRDefault="00C740A5" w:rsidP="008C1886">
       <w:pPr>
         <w:ind w:firstLine="8080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
       <w:r w:rsidR="004202A8" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Not:</w:t>
       </w:r>
+      <w:r w:rsidR="00213D4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="0093037A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Akdeniz Üniversitesi Kimlik Kartlar Yönergesinin 13 üncü Maddesi</w:t>
+        <w:t xml:space="preserve">Akdeniz Üniversitesi Kimlik Kartlar Yönergesinin </w:t>
+      </w:r>
+      <w:r w:rsidR="00213D4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>13’üncü</w:t>
+      </w:r>
+      <w:r w:rsidR="0093037A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Maddesi</w:t>
       </w:r>
       <w:r w:rsidR="00980265" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> gereğince kimlik kartını kaybeden öğrencilerin </w:t>
       </w:r>
-      <w:r w:rsidR="00F448B9" w:rsidRPr="00DE62D4">
-[...3 lines deleted...]
-        <w:t>bir</w:t>
+      <w:r w:rsidR="00213D4F" w:rsidRPr="00DE62D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bir ulusal</w:t>
       </w:r>
       <w:r w:rsidR="00980265" w:rsidRPr="00DE62D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">  ulusal veya yerel basılı gazetede kayıp ilanı vermeleri gerekmektedir.</w:t>
+        <w:t xml:space="preserve"> veya yerel basılı gazetede kayıp ilanı vermeleri gerekmektedir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C1886" w:rsidRPr="00CB0BFF" w:rsidRDefault="00CB0BFF" w:rsidP="00B61A8A">
+    <w:p w14:paraId="19E3F8ED" w14:textId="77777777" w:rsidR="008C1886" w:rsidRPr="00CB0BFF" w:rsidRDefault="00CB0BFF" w:rsidP="00B61A8A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8565"/>
           <w:tab w:val="left" w:pos="9124"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B61A8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008C1886" w:rsidRPr="00CB0BFF" w:rsidSect="00DE7F6D">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1133" w:bottom="1135" w:left="851" w:header="340" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="00DB4A08" w:rsidRDefault="00DB4A08">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="44D3E3E0" w14:textId="77777777" w:rsidR="00804DFE" w:rsidRDefault="00804DFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00DB4A08" w:rsidRDefault="00DB4A08">
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="353564BD" w14:textId="77777777" w:rsidR="00804DFE" w:rsidRDefault="00804DFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00BE7D5C" w:rsidRDefault="00BE7D5C" w:rsidP="00BE7D5C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C2C8073" w14:textId="77777777" w:rsidR="00BE7D5C" w:rsidRDefault="00BE7D5C" w:rsidP="00BE7D5C">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>F</w:t>
     </w:r>
     <w:r w:rsidRPr="000F314F">
       <w:t>orm No: 73011926.FR.08</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
@@ -1238,152 +1329,152 @@
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="007D7A0E">
       <w:t>Rev.No:</w:t>
     </w:r>
     <w:r w:rsidR="0098720C">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="001D7B2C">
       <w:t>1</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BE7D5C" w:rsidRDefault="00BE7D5C">
+  <w:p w14:paraId="0248B10B" w14:textId="77777777" w:rsidR="00BE7D5C" w:rsidRDefault="00BE7D5C">
     <w:pPr>
-      <w:pStyle w:val="Altbilgi"/>
+      <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="00DB4A08" w:rsidRDefault="00DB4A08">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="46854CF9" w14:textId="77777777" w:rsidR="00804DFE" w:rsidRDefault="00804DFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00DB4A08" w:rsidRDefault="00DB4A08">
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="68A5D68C" w14:textId="77777777" w:rsidR="00804DFE" w:rsidRDefault="00804DFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="001C511A" w:rsidRPr="00FC1FA6" w:rsidRDefault="00BE7D5C" w:rsidP="00BE7D5C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="48A68A1C" w14:textId="77777777" w:rsidR="001C511A" w:rsidRPr="00FC1FA6" w:rsidRDefault="00BE7D5C" w:rsidP="00BE7D5C">
     <w:pPr>
-      <w:pStyle w:val="stbilgi"/>
+      <w:pStyle w:val="stBilgi"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BE7D5C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7516C2CA" wp14:editId="053BB83F">
           <wp:extent cx="647700" cy="523875"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Resim 1" descr="Akdeniz Universitesi-tr"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Resim 1" descr="Akdeniz Universitesi-tr"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="647700" cy="523875"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058B6386"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B3052E0"/>
     <w:lvl w:ilvl="0" w:tplc="B4E659B0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:spacing w:val="-27"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0DEC6B9E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="358"/>
@@ -1424,51 +1515,51 @@
     <w:lvl w:ilvl="6" w:tplc="B84E31F4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="358"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D736E78C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="358"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80C6CE5A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="358"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E38366A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="721AD7D2"/>
     <w:lvl w:ilvl="0" w:tplc="29168420">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="396"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2EC22756">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="396"/>
       </w:pPr>
@@ -1508,51 +1599,51 @@
     <w:lvl w:ilvl="6" w:tplc="55FAE13A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="1D4E93DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F3DE2C50">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="123C3A46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="417E0DAE"/>
     <w:lvl w:ilvl="0" w:tplc="2C842BE4">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="341"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3FA05E28">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1603,51 +1694,51 @@
     <w:lvl w:ilvl="6" w:tplc="A7BA0184">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="267"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="776E23CA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="267"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="678CF1A0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="267"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1736304C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71CE4BA4"/>
     <w:lvl w:ilvl="0" w:tplc="23CEE9D2">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B69C0414">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="348"/>
@@ -1688,51 +1779,51 @@
     <w:lvl w:ilvl="6" w:tplc="F4FE33F0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="348"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0CD47F54">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="348"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3C96BA9C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="348"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18687D34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="055CE15C"/>
     <w:lvl w:ilvl="0" w:tplc="0D34F5AC">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="387"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="546AC55E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="387"/>
       </w:pPr>
@@ -1772,51 +1863,51 @@
     <w:lvl w:ilvl="6" w:tplc="8730CDCA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="387"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="79368F92">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="387"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="36387264">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="387"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DB96FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1FE22B0"/>
     <w:lvl w:ilvl="0" w:tplc="829E88C6">
       <w:start w:val="20"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1885,51 +1976,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="210D3590"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D89A0610"/>
     <w:lvl w:ilvl="0" w:tplc="B096F8E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B">
@@ -1995,51 +2086,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25903365"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E83CFCF0"/>
     <w:lvl w:ilvl="0" w:tplc="3CC47F4A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="399"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A2E0F5B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="399"/>
       </w:pPr>
@@ -2079,51 +2170,51 @@
     <w:lvl w:ilvl="6" w:tplc="6EE26222">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="399"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="15F222D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="399"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2580ECFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="399"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A5949E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FA65610"/>
     <w:lvl w:ilvl="0" w:tplc="298A2206">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="492"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E44FEC8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="492"/>
       </w:pPr>
@@ -2163,51 +2254,51 @@
     <w:lvl w:ilvl="6" w:tplc="81D8D132">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="492"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E424DC8C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="492"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A3CA2EE4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="492"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AFD0EA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC3A1D92"/>
     <w:lvl w:ilvl="0" w:tplc="041F0009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2276,51 +2367,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C13354A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="639A8DCA"/>
     <w:lvl w:ilvl="0" w:tplc="9A366EF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -2365,51 +2456,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63994206"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D89A0610"/>
     <w:lvl w:ilvl="0" w:tplc="B096F8E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B">
@@ -2475,51 +2566,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65F24348"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5B2F800"/>
     <w:lvl w:ilvl="0" w:tplc="E508E852">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="331"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="128C0C06">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="331"/>
       </w:pPr>
@@ -2559,51 +2650,51 @@
     <w:lvl w:ilvl="6" w:tplc="28B03314">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="331"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DE6C7426">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="331"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="76A62500">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="331"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="682D5DED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CD86B26"/>
     <w:lvl w:ilvl="0" w:tplc="2EAE3A0A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="396"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:spacing w:val="-28"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EFB20E88">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="396"/>
@@ -2644,51 +2735,51 @@
     <w:lvl w:ilvl="6" w:tplc="1CE62DFE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E968B9FC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B00A1420">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="396"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70264060"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA3E72EC"/>
     <w:lvl w:ilvl="0" w:tplc="2F8C6A6A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="116" w:hanging="403"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E6862036">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1038" w:hanging="403"/>
       </w:pPr>
@@ -2728,576 +2819,824 @@
     <w:lvl w:ilvl="6" w:tplc="452653F4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5631" w:hanging="403"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3EA80938">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="403"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F332785E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7469" w:hanging="403"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="450977878">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1719355806">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1115515454">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1287927802">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="932054940">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1821921512">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="21129336">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="613906901">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1689987511">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="399208255">
     <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1425691021">
     <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="818764830">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="230429918">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="781605392">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1736199690">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1245148307">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
+    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C740A5"/>
     <w:rsid w:val="00045D71"/>
     <w:rsid w:val="000477C4"/>
     <w:rsid w:val="00047FF1"/>
     <w:rsid w:val="0008615F"/>
     <w:rsid w:val="000A7700"/>
     <w:rsid w:val="001078FA"/>
     <w:rsid w:val="0014460C"/>
     <w:rsid w:val="001633E5"/>
     <w:rsid w:val="001857FC"/>
     <w:rsid w:val="001926F3"/>
     <w:rsid w:val="001B250D"/>
     <w:rsid w:val="001B7B7C"/>
     <w:rsid w:val="001C511A"/>
     <w:rsid w:val="001D7B2C"/>
     <w:rsid w:val="001E0564"/>
     <w:rsid w:val="001F0B37"/>
+    <w:rsid w:val="00213D4F"/>
+    <w:rsid w:val="00232A45"/>
     <w:rsid w:val="002A6177"/>
     <w:rsid w:val="002A6EE8"/>
     <w:rsid w:val="002B2AD5"/>
     <w:rsid w:val="002F0EFB"/>
     <w:rsid w:val="003149C8"/>
     <w:rsid w:val="00323026"/>
     <w:rsid w:val="00395D60"/>
     <w:rsid w:val="003C0C54"/>
     <w:rsid w:val="003F0502"/>
     <w:rsid w:val="004202A8"/>
     <w:rsid w:val="004336C8"/>
     <w:rsid w:val="00447510"/>
     <w:rsid w:val="00475252"/>
     <w:rsid w:val="004B273E"/>
+    <w:rsid w:val="004C6EBE"/>
     <w:rsid w:val="00500736"/>
     <w:rsid w:val="0050347E"/>
     <w:rsid w:val="00526FFF"/>
     <w:rsid w:val="005418F0"/>
     <w:rsid w:val="00554118"/>
     <w:rsid w:val="0056786B"/>
     <w:rsid w:val="005B6681"/>
     <w:rsid w:val="006006E4"/>
     <w:rsid w:val="00601ADC"/>
     <w:rsid w:val="00603560"/>
     <w:rsid w:val="00622A04"/>
     <w:rsid w:val="00630FDC"/>
     <w:rsid w:val="00650FB8"/>
     <w:rsid w:val="00675B75"/>
     <w:rsid w:val="006D19C4"/>
     <w:rsid w:val="0071219B"/>
     <w:rsid w:val="007851C7"/>
     <w:rsid w:val="007A1EB7"/>
     <w:rsid w:val="007D053E"/>
     <w:rsid w:val="007D7A0E"/>
+    <w:rsid w:val="00804DFE"/>
     <w:rsid w:val="008059C5"/>
     <w:rsid w:val="00824410"/>
     <w:rsid w:val="00835A6C"/>
     <w:rsid w:val="00890810"/>
     <w:rsid w:val="008A3191"/>
     <w:rsid w:val="008B7224"/>
     <w:rsid w:val="008C1886"/>
     <w:rsid w:val="008D15AB"/>
     <w:rsid w:val="008E7C03"/>
     <w:rsid w:val="009077E1"/>
     <w:rsid w:val="0093037A"/>
     <w:rsid w:val="0095341D"/>
     <w:rsid w:val="00960906"/>
     <w:rsid w:val="00980265"/>
+    <w:rsid w:val="00981A21"/>
     <w:rsid w:val="0098720C"/>
     <w:rsid w:val="009A2DD4"/>
     <w:rsid w:val="009E03DC"/>
     <w:rsid w:val="009F4604"/>
     <w:rsid w:val="00A363AB"/>
+    <w:rsid w:val="00AA2F34"/>
     <w:rsid w:val="00AA5CF0"/>
     <w:rsid w:val="00AB130E"/>
     <w:rsid w:val="00AC61B2"/>
     <w:rsid w:val="00AF2EE0"/>
     <w:rsid w:val="00B135BC"/>
+    <w:rsid w:val="00B261D6"/>
     <w:rsid w:val="00B34A39"/>
     <w:rsid w:val="00B40929"/>
     <w:rsid w:val="00B61A8A"/>
     <w:rsid w:val="00BA5E50"/>
     <w:rsid w:val="00BC6156"/>
-    <w:rsid w:val="00BD7612"/>
     <w:rsid w:val="00BE7D5C"/>
+    <w:rsid w:val="00BF2860"/>
     <w:rsid w:val="00C05ABA"/>
     <w:rsid w:val="00C16594"/>
     <w:rsid w:val="00C2202B"/>
     <w:rsid w:val="00C27DE1"/>
     <w:rsid w:val="00C400B6"/>
     <w:rsid w:val="00C45341"/>
     <w:rsid w:val="00C740A5"/>
     <w:rsid w:val="00C92659"/>
     <w:rsid w:val="00CB0BFF"/>
-    <w:rsid w:val="00CB79B5"/>
+    <w:rsid w:val="00CB4D67"/>
     <w:rsid w:val="00CD06CC"/>
     <w:rsid w:val="00D404C2"/>
     <w:rsid w:val="00D5227A"/>
     <w:rsid w:val="00D62178"/>
-    <w:rsid w:val="00DB4A08"/>
     <w:rsid w:val="00DC2135"/>
     <w:rsid w:val="00DE62D4"/>
     <w:rsid w:val="00DE7F6D"/>
     <w:rsid w:val="00E10896"/>
     <w:rsid w:val="00E14B57"/>
     <w:rsid w:val="00E35853"/>
     <w:rsid w:val="00E44A3C"/>
     <w:rsid w:val="00E54BF3"/>
     <w:rsid w:val="00E63984"/>
     <w:rsid w:val="00EE01B3"/>
     <w:rsid w:val="00EE6470"/>
     <w:rsid w:val="00F05080"/>
     <w:rsid w:val="00F1239B"/>
     <w:rsid w:val="00F31DFC"/>
     <w:rsid w:val="00F40F9E"/>
     <w:rsid w:val="00F448B9"/>
     <w:rsid w:val="00F8386D"/>
     <w:rsid w:val="00F861BC"/>
     <w:rsid w:val="00F9790A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="36280E3C"/>
+  <w15:docId w15:val="{E87C39D5-2A69-495B-B26E-3EBB2C59820D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C740A5"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="GvdeMetni">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="GvdeMetniChar"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C740A5"/>
@@ -3343,161 +3682,154 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C740A5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stbilgi">
+  <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stbilgiChar"/>
+    <w:link w:val="stBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C740A5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
-    <w:name w:val="Üstbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="stbilgi"/>
+    <w:link w:val="stBilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C740A5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C740A5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C740A5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00960906"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Altbilgi">
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltbilgiChar"/>
+    <w:link w:val="AltBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C1886"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
-    <w:name w:val="Altbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="Altbilgi"/>
+    <w:link w:val="AltBilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008C1886"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="375273889">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -3773,65 +4105,60 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>248</Words>
-  <Characters>1419</Characters>
-  <Application>Microsoft Office Word</Application>
+  <Characters>1415</Characters>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1664</CharactersWithSpaces>
+  <CharactersWithSpaces>1660</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>NUKHET</dc:creator>
-[...1 lines deleted...]
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>