--- v0 (2025-10-14)
+++ v1 (2026-01-27)
@@ -1,1440 +1,4943 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:body>
+    <w:p w:rsidR="00882C60" w:rsidRDefault="00882C60" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>TC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>AKDENİZ ÜNİVERSİTESİ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SOSYAL BİLİMLER MESLEK YÜKSEKOKULU MÜDÜRLÜĞÜ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:pStyle w:val="Balk1"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Sayı</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008512F0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>B.30.2.AKD.0.80.00.00.71/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D45B7F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>NORMAL ÖĞRETİM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007320E7" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008512F0">
+        <w:t>Konu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008512F0">
+        <w:tab/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">SINAV ÜCRETİ                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="007320E7" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">                                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00167062" w:rsidRPr="008512F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>MÜDÜRLÜK MAKAMINA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00882C60" w:rsidRDefault="00882C60" w:rsidP="00882C60"/>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00F30341" w:rsidP="00882C60">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+      </w:pPr>
+      <w:r>
+        <w:t>…………   202…</w:t>
+      </w:r>
+      <w:r w:rsidR="00882C60">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00632028">
+        <w:t>ayına</w:t>
+      </w:r>
+      <w:r w:rsidR="00167062">
+        <w:t xml:space="preserve"> ait aşağıdaki bildirimde ayrıntıları gösterilmiş toplam</w:t>
+      </w:r>
+      <w:r w:rsidR="008512F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00167062">
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00167062">
+        <w:t xml:space="preserve"> ) saatlik sınav </w:t>
+      </w:r>
+      <w:r w:rsidR="008512F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F164F">
+        <w:t>ü</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2B84">
+        <w:t>cretinin</w:t>
+      </w:r>
+      <w:r w:rsidR="008512F0">
+        <w:br/>
+        <w:t xml:space="preserve">  ......................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00167062">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1965">
+        <w:t>na</w:t>
+      </w:r>
+      <w:r w:rsidR="00167062">
+        <w:t xml:space="preserve"> ödenmesi için gereğini emirlerinize arz ederim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008512F0" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A66837">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A66837">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A66837">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE4486" w:rsidRDefault="0039586B" w:rsidP="0039586B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">                                                                                                                                                             Bölüm Başkanı</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00812119">
+        <w:t>Unvan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Ad-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Soyad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-68" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3070"/>
+        <w:gridCol w:w="4371"/>
+        <w:gridCol w:w="3402"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008512F0" w:rsidRPr="00341042" w:rsidTr="002F4921">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008512F0" w:rsidRPr="00341042" w:rsidRDefault="008512F0" w:rsidP="004578EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008512F0" w:rsidRPr="00341042" w:rsidRDefault="008512F0" w:rsidP="002F4921">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008512F0" w:rsidRPr="00C17613" w:rsidRDefault="0020422A" w:rsidP="00EC4EF9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00167062" w:rsidRPr="004578EE" w:rsidRDefault="004578EE" w:rsidP="004578EE">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00167062" w:rsidRPr="004578EE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SINAV ÜCRETİ BİLDİRİMİ</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10915" w:type="dxa"/>
+        <w:tblInd w:w="212" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="1985"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B73206" w:rsidTr="00B73206">
+        <w:trPr>
+          <w:trHeight w:val="482"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73206" w:rsidRDefault="00812119" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Unvanı</w:t>
+            </w:r>
+            <w:r w:rsidR="00882C60">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve Adı,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00882C60">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Soyadı:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B73206">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00B73206">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+              <w:t>................................................................................................</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73206" w:rsidRDefault="00B73206" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Kurum Sicil No:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+              <w:t>.........................</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73206" w:rsidRDefault="00B73206" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>TC</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kimlik No:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+              <w:t>.........................................</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73206" w:rsidRDefault="00B73206" w:rsidP="00B73206">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Zorunlu Ders Yükü:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+              <w:t>....................................</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00882C60" w:rsidP="00167062">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00F30341">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00812119">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F30341">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00812119">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F30341">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00812119">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F30341">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00580BAE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F30341">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>………</w:t>
+      </w:r>
+      <w:r w:rsidR="004306FE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24F2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">YARIYILI </w:t>
+      </w:r>
+      <w:r w:rsidR="00167062">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">DERSLERİM: </w:t>
+      </w:r>
+      <w:r w:rsidR="00167062">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00167062">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00167062">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00167062">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00167062">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10838" w:type="dxa"/>
+        <w:tblInd w:w="212" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1271"/>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="1965"/>
+        <w:gridCol w:w="915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009759DE" w:rsidTr="00015819">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00812119" w:rsidRDefault="00185149" w:rsidP="00812119">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>5270500</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>757555</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="0" cy="0"/>
+                      <wp:effectExtent l="12700" t="10160" r="6350" b="8890"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="6" name="Line 8"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks noChangeShapeType="1"/>
+                            </wps:cNvCnPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="0" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="line">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                    <a:noFill/>
+                                  </a14:hiddenFill>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:line w14:anchorId="5847B4DB" id="Line 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="415pt,59.65pt" to="415pt,59.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsACCxCwIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxIKFCLCqkqgF9pF&#10;2u0HGNshVh3bsg0BVf33jh2C2PZSVc3BGXtmnt/MPK+eLq1EZ26d0KrA2TjFiCuqmVDHAn973Y4W&#10;GDlPFCNSK17gK3f4af3+3aozOZ/oRkvGLQIQ5fLOFLjx3uRJ4mjDW+LG2nAFzlrblnjY2mPCLOkA&#10;vZXJJE3nSactM1ZT7hycVr0TryN+XXPqn+vacY9kgYGbj6uN6yGsyXpF8qMlphH0RoP8A4uWCAWX&#10;3qEq4gk6WfEHVCuo1U7Xfkx1m+i6FpTHGqCaLP2tmpeGGB5rgeY4c2+T+3+w9Ot5b5FgBZ5jpEgL&#10;I9oJxdEidKYzLoeAUu1tqI1e1IvZafrdIaXLhqgjjwxfrwbSspCRvEkJG2cA/9B90QxiyMnr2KZL&#10;bdsACQ1AlziN630a/OIR7Q/pcJqQfEgx1vnPXLcoGAWWwDZCkvPO+UCB5ENIuEHprZAyjlkq1BV4&#10;OZvMYoLTUrDgDGHOHg+ltOhMglDiF+sBz2OY1SfFIljDCdvcbE+E7G24XKqAB0UAnZvVK+HHMl1u&#10;FpvFdDSdzDejaVpVo0/bcjqab7OPs+pDVZZV9jNQy6Z5IxjjKrAbVJlN/27qt/fR6+muy3sbkrfo&#10;sV9AdvhH0nGKYXC9BA6aXfd2mC4IMQbfHk1Q+uMe7Menvf4FAAD//wMAUEsDBBQABgAIAAAAIQAi&#10;44EP2wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcKmq3kVAJcSoE5MaF&#10;AuK6jZckIl6nsdsGvp5FIMFxZ0azb4r15Ht1oDF2gS0s5gYUcR1cx42F56fqYgUqJmSHfWCy8EER&#10;1uXpSYG5C0d+pMMmNUpKOOZooU1pyLWOdUse4zwMxOK9hdFjknNstBvxKOW+10tjLrXHjuVDiwPd&#10;tlS/b/beQqxeaFd9zuqZec2aQMvd3cM9Wnt+Nt1cg0o0pb8wfOMLOpTCtA17dlH1FlaZkS1JjMVV&#10;BkoSP8r2V9Flof9vKL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbAAgsQsCAAAiBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAIuOBD9sAAAAL&#10;AQAADwAAAAAAAAAAAAAAAABlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" o:allowincell="f"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="009759DE" w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4151" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRDefault="009759DE" w:rsidP="009759DE">
+            <w:pPr>
+              <w:pStyle w:val="Balk3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>DERSİN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009759DE" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009759DE" w:rsidTr="00015819">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00812119" w:rsidRDefault="009759DE" w:rsidP="00812119">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="002676D5" w:rsidRDefault="009759DE" w:rsidP="009759DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002676D5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>KODU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="002676D5" w:rsidRDefault="009759DE" w:rsidP="009759DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002676D5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ADI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="002676D5" w:rsidRDefault="009759DE" w:rsidP="009759DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002676D5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SINAV TARİHİ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A66837" w:rsidRDefault="009759DE" w:rsidP="00A66837">
+            <w:pPr>
+              <w:ind w:left="-149" w:right="-70" w:firstLine="149"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002676D5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SINAV</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009759DE" w:rsidRPr="002676D5" w:rsidRDefault="00A66837" w:rsidP="00A66837">
+            <w:pPr>
+              <w:ind w:left="-149" w:right="-70" w:firstLine="149"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="009759DE" w:rsidRPr="002676D5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SAATİ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="002676D5" w:rsidRDefault="009759DE" w:rsidP="009759DE">
+            <w:pPr>
+              <w:ind w:left="-149" w:right="-70" w:firstLine="149"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DERSLİK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="002676D5" w:rsidRDefault="009759DE" w:rsidP="009759DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002676D5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>BÖLÜMÜ/PROĞ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="002676D5" w:rsidRDefault="009759DE" w:rsidP="009759DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002676D5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SINAVA GİREN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009759DE" w:rsidRPr="002676D5" w:rsidRDefault="009759DE" w:rsidP="009759DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2090"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002676D5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ÖĞR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002676D5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SAYISI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009759DE" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00812119" w:rsidRDefault="009759DE" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00020F1E">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009759DE" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00812119" w:rsidRDefault="009759DE" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009759DE" w:rsidRPr="00015819" w:rsidRDefault="009759DE" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A132F" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00812119" w:rsidRDefault="005A132F" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00704254">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A132F" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00812119" w:rsidRDefault="005A132F" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="002366A9" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A132F" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00812119" w:rsidRDefault="005A132F" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A132F" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00812119" w:rsidRDefault="005A132F" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A132F" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00812119" w:rsidRDefault="005A132F" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A132F" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00812119" w:rsidRDefault="005A132F" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00015819" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A132F" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00812119" w:rsidRDefault="005A132F" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A132F" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00812119" w:rsidRDefault="005A132F" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A132F" w:rsidTr="00812119">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRPr="00812119" w:rsidRDefault="005A132F" w:rsidP="00812119">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812119">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A132F" w:rsidRDefault="005A132F" w:rsidP="00B02E16">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004578EE" w:rsidRDefault="007320E7" w:rsidP="004578EE">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00167062">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bu bildirim tarafımdan doldurularak imzalanmıştır.</w:t>
+      </w:r>
+      <w:r w:rsidR="00812119">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004578EE" w:rsidRPr="004578EE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Bu belgeyi 05.02.2021 tarih ve 21290 sayılı Akdeniz Üniversitesinin Ek ders Ödemelerine İlişkin Usul ve Esaslar Hakkındaki Yönergeye uygun olarak doldurdum. Sınav yoklama listelerini muhafaza edeceğimi beyan ederim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008512F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA124B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>UYGUNDUR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="008512F0" w:rsidP="00167062">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F30341">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>....../....../202</w:t>
+      </w:r>
+      <w:r w:rsidR="00812119">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F30341">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .../..202</w:t>
+      </w:r>
+      <w:r w:rsidR="00812119">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00EA124B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                                                                                           </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:tgtFrame="_blank" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00EA124B" w:rsidRPr="00EA124B">
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Prof.Dr</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00EA124B" w:rsidRPr="00EA124B">
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>. BURHAN ÖZKAN</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="008512F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="007320E7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>İMZA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033685E" w:rsidRDefault="00185149" w:rsidP="00167062">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>209550</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2257425" cy="2125980"/>
+                <wp:effectExtent l="9525" t="7620" r="9525" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="Text Box 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2257425" cy="2125980"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="3312" w:type="dxa"/>
+                              <w:tblInd w:w="70" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:left w:w="70" w:type="dxa"/>
+                                <w:right w:w="70" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="1418"/>
+                              <w:gridCol w:w="1894"/>
+                            </w:tblGrid>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                                  <w:r>
+                                    <w:t>DERS NO</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                                  <w:r>
+                                    <w:t>GÖSTERGE</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                              <w:trPr>
+                                <w:trHeight w:val="70"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1418" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                                  <w:r>
+                                    <w:t>TOPLAM</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1894" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:16.5pt;width:177.75pt;height:167.4pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPjG/7KAIAAFEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p2mjlq1R02l0FCGN&#10;gbTxAy6O01g4PmO7Tcqv5+x0pRqIB0QeLJ/v/Pm77+6yuhk6zQ7SeYWm5LPJlDNpBNbK7Er+9Wn7&#10;5pozH8DUoNHIkh+l5zfr169WvS1kji3qWjpGIMYXvS15G4ItssyLVnbgJ2ilIWeDroNApttltYOe&#10;0Dud5dPp26xHV1uHQnpPp3ejk68TftNIET43jZeB6ZITt5BWl9Yqrtl6BcXOgW2VONGAf2DRgTL0&#10;6BnqDgKwvVO/QXVKOPTYhInALsOmUUKmHCib2fRFNo8tWJlyIXG8Pcvk/x+seDh8cUzVJV9wZqCj&#10;Ej3JIbB3OLB5VKe3vqCgR0thYaBjqnLK1Nt7FN88M7hpwezkrXPYtxJqYjeLN7OLqyOOjyBV/wlr&#10;egb2ARPQ0LguSkdiMEKnKh3PlYlUBB3m+eJqnhNFQb58li+W16l2GRTP163z4YPEjsVNyR2VPsHD&#10;4d6HSAeK55D4mket6q3SOhluV220YwegNtmmL2XwIkwb1pd8uSAif4eYpu9PEJ0K1O9adSW/PgdB&#10;EXV7b+rUjQGUHvdEWZuTkFG7UcUwVMOpMBXWR5LU4djXNIe0adH94Kynni65/74HJznTHw2VZTmb&#10;z+MQJGO+uMrJcJee6tIDRhBUyQNn43YTxsHZW6d2Lb00NoLBWyplo5LIseYjqxNv6tuk/WnG4mBc&#10;2inq159g/RMAAP//AwBQSwMEFAAGAAgAAAAhAObjqQ/eAAAABwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISFwQS6G0K6XphJBAcINtgmvWeG1F4pQm68q/x5zg5Gc9673P1Wp2Vkw4&#10;ht6TgqtFAgKp8aanVsF283hZgAhRk9HWEyr4xgCr+vSk0qXxR3rDaR1bwSEUSq2gi3EopQxNh06H&#10;hR+Q2Nv70enI69hKM+ojhzsrr5Mkl073xA2dHvChw+ZzfXAKipvn6SO8pK/vTb63t/FiOT19jUqd&#10;n833dyAizvHvGH7xGR1qZtr5A5kgrAJ+JCpIU57splmWgdixyJcFyLqS//nrHwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBPjG/7KAIAAFEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDm46kP3gAAAAcBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="3312" w:type="dxa"/>
+                        <w:tblInd w:w="70" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:left w:w="70" w:type="dxa"/>
+                          <w:right w:w="70" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="1418"/>
+                        <w:gridCol w:w="1894"/>
+                      </w:tblGrid>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                            <w:r>
+                              <w:t>DERS NO</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                            <w:r>
+                              <w:t>GÖSTERGE</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062" w:rsidTr="00812119">
+                        <w:trPr>
+                          <w:trHeight w:val="70"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1418" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                            <w:r>
+                              <w:t>TOPLAM</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1894" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="008512F0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="007320E7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA124B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="0039586B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>AD SOYAD</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA124B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA124B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="505050"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00EA124B">
+        <w:rPr>
+          <w:rStyle w:val="Gl"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA124B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2787">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005E2787">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EA124B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2787">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005E2787">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0020422A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062"/>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062"/>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062"/>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00185149" w:rsidP="00167062">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3067050</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>127635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3657600" cy="731520"/>
+                <wp:effectExtent l="9525" t="8255" r="9525" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Text Box 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3657600" cy="731520"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:tblInd w:w="70" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:left w:w="70" w:type="dxa"/>
+                                <w:right w:w="70" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="1701"/>
+                              <w:gridCol w:w="1843"/>
+                              <w:gridCol w:w="1985"/>
+                            </w:tblGrid>
+                            <w:tr w:rsidR="00167062">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1701" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                                  <w:proofErr w:type="spellStart"/>
+                                  <w:r>
+                                    <w:t>Topl.Gösterge</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="spellEnd"/>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1843" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                                  <w:r>
+                                    <w:t>Katsayı</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1985" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                                  <w:proofErr w:type="spellStart"/>
+                                  <w:r>
+                                    <w:t>Topl.Brüt</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="spellEnd"/>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00167062">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1701" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1843" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1985" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Text Box 7" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:241.5pt;margin-top:10.05pt;width:4in;height:57.6pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBImjlELAIAAFcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vthJc2mNOEWXLsOA&#10;7gK0+wBZlm1hkqhJSuzu60vJaRp028swPwiSSB2S55BeXw9akYNwXoIp6XSSUyIMh1qatqTfH3bv&#10;LinxgZmaKTCipI/C0+vN2zfr3hZiBh2oWjiCIMYXvS1pF4ItsszzTmjmJ2CFQWMDTrOAR9dmtWM9&#10;omuVzfJ8mfXgauuAC+/x9nY00k3CbxrBw9em8SIQVVLMLaTVpbWKa7ZZs6J1zHaSH9Ng/5CFZtJg&#10;0BPULQuM7J38DUpL7sBDEyYcdAZNI7lINWA10/xVNfcdsyLVguR4e6LJ/z9Y/uXwzRFZl3ROiWEa&#10;JXoQQyDvYSCryE5vfYFO9xbdwoDXqHKq1Ns74D88MbDtmGnFjXPQd4LVmN00vszOno44PoJU/Weo&#10;MQzbB0hAQ+N0pA7JIIiOKj2elImpcLy8WC5WyxxNHG2ri+lilqTLWPH82jofPgrQJG5K6lD5hM4O&#10;dz7EbFjx7BKDeVCy3kml0sG11VY5cmDYJbv0pQJeuSlD+pJeLWaLkYC/QuTp+xOElgHbXUld0suT&#10;EysibR9MnZoxMKnGPaaszJHHSN1IYhiqIQmWSI4cV1A/IrEOxu7GacRNB+4XJT12dkn9zz1zghL1&#10;yaA4V9P5PI5COswXK6SSuHNLdW5hhiNUSQMl43YbxvHZWyfbDiON7WDgBgVtZOL6Jatj+ti9SYLj&#10;pMXxOD8nr5f/weYJAAD//wMAUEsDBBQABgAIAAAAIQBEX2Qr4QAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELXbtCUNcSqEBIIbtBVc3dhNIux1sN00/D3bE9x2d0azb8r1&#10;6CwbTIidRwnTiQBmsPa6w0bCbvt0mwOLSaFW1qOR8GMirKvLi1IV2p/w3Qyb1DAKwVgoCW1KfcF5&#10;rFvjVJz43iBpBx+cSrSGhuugThTuLJ8JseROdUgfWtWbx9bUX5ujk5DPX4bP+Jq9fdTLg12lm7vh&#10;+TtIeX01PtwDS2ZMf2Y44xM6VMS090fUkVkJ8zyjLknCTEyBnQ1isaLLnqZskQGvSv6/Q/ULAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASJo5RCwCAABXBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARF9kK+EAAAALAQAADwAAAAAAAAAAAAAAAACG&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" o:allowincell="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:tblInd w:w="70" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:left w:w="70" w:type="dxa"/>
+                          <w:right w:w="70" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="1701"/>
+                        <w:gridCol w:w="1843"/>
+                        <w:gridCol w:w="1985"/>
+                      </w:tblGrid>
+                      <w:tr w:rsidR="00167062">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1701" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>Topl.Gösterge</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1843" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                            <w:r>
+                              <w:t>Katsayı</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1985" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062">
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>Topl.Brüt</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00167062">
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1701" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1843" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1985" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w:rsidR="00167062" w:rsidRDefault="00167062"/>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062"/>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00167062" w:rsidRDefault="00167062" w:rsidP="00167062">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00167062" w:rsidSect="00167062">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="510" w:right="510" w:bottom="567" w:left="510" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-</sst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...349 lines deleted...]
-</styleSheet>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00167062"/>
+    <w:rsid w:val="00015819"/>
+    <w:rsid w:val="00020F1E"/>
+    <w:rsid w:val="000226CE"/>
+    <w:rsid w:val="00024698"/>
+    <w:rsid w:val="000259CE"/>
+    <w:rsid w:val="0003027F"/>
+    <w:rsid w:val="00034BEC"/>
+    <w:rsid w:val="00036D48"/>
+    <w:rsid w:val="00066024"/>
+    <w:rsid w:val="00070E82"/>
+    <w:rsid w:val="00072C41"/>
+    <w:rsid w:val="00073522"/>
+    <w:rsid w:val="00074796"/>
+    <w:rsid w:val="000E632D"/>
+    <w:rsid w:val="000F5795"/>
+    <w:rsid w:val="000F62F7"/>
+    <w:rsid w:val="0012046E"/>
+    <w:rsid w:val="00135B1C"/>
+    <w:rsid w:val="00144296"/>
+    <w:rsid w:val="00145CDE"/>
+    <w:rsid w:val="00167062"/>
+    <w:rsid w:val="001670F9"/>
+    <w:rsid w:val="0018429A"/>
+    <w:rsid w:val="00185149"/>
+    <w:rsid w:val="001B481E"/>
+    <w:rsid w:val="001B6811"/>
+    <w:rsid w:val="001C4B98"/>
+    <w:rsid w:val="001C6FAC"/>
+    <w:rsid w:val="002037AB"/>
+    <w:rsid w:val="0020422A"/>
+    <w:rsid w:val="00213EB9"/>
+    <w:rsid w:val="00214561"/>
+    <w:rsid w:val="00216E2E"/>
+    <w:rsid w:val="00217547"/>
+    <w:rsid w:val="0022061E"/>
+    <w:rsid w:val="002329A5"/>
+    <w:rsid w:val="002366A9"/>
+    <w:rsid w:val="00253081"/>
+    <w:rsid w:val="002655B4"/>
+    <w:rsid w:val="002676D5"/>
+    <w:rsid w:val="00267765"/>
+    <w:rsid w:val="00273016"/>
+    <w:rsid w:val="002744BE"/>
+    <w:rsid w:val="0027598B"/>
+    <w:rsid w:val="00283343"/>
+    <w:rsid w:val="002F7816"/>
+    <w:rsid w:val="00301F45"/>
+    <w:rsid w:val="00310F37"/>
+    <w:rsid w:val="003179AD"/>
+    <w:rsid w:val="0033685E"/>
+    <w:rsid w:val="00336EF1"/>
+    <w:rsid w:val="0036774A"/>
+    <w:rsid w:val="003748C0"/>
+    <w:rsid w:val="00380805"/>
+    <w:rsid w:val="0039586B"/>
+    <w:rsid w:val="003A1397"/>
+    <w:rsid w:val="003B1FDB"/>
+    <w:rsid w:val="003D5998"/>
+    <w:rsid w:val="003F153D"/>
+    <w:rsid w:val="003F5F41"/>
+    <w:rsid w:val="00402AC7"/>
+    <w:rsid w:val="00403173"/>
+    <w:rsid w:val="00420DB2"/>
+    <w:rsid w:val="0042494F"/>
+    <w:rsid w:val="004306FE"/>
+    <w:rsid w:val="00432F0D"/>
+    <w:rsid w:val="0043699F"/>
+    <w:rsid w:val="004578EE"/>
+    <w:rsid w:val="0047723A"/>
+    <w:rsid w:val="0048161C"/>
+    <w:rsid w:val="0048229C"/>
+    <w:rsid w:val="00495170"/>
+    <w:rsid w:val="004A0F3F"/>
+    <w:rsid w:val="004B3A21"/>
+    <w:rsid w:val="004C3F39"/>
+    <w:rsid w:val="004C4C5F"/>
+    <w:rsid w:val="004D3DF0"/>
+    <w:rsid w:val="004D5264"/>
+    <w:rsid w:val="004E16AF"/>
+    <w:rsid w:val="00501AD3"/>
+    <w:rsid w:val="00525B8B"/>
+    <w:rsid w:val="005368BF"/>
+    <w:rsid w:val="00550A98"/>
+    <w:rsid w:val="00560225"/>
+    <w:rsid w:val="00571A1D"/>
+    <w:rsid w:val="00573335"/>
+    <w:rsid w:val="00580BAE"/>
+    <w:rsid w:val="0058340C"/>
+    <w:rsid w:val="005A132F"/>
+    <w:rsid w:val="005A64D6"/>
+    <w:rsid w:val="005B2ED0"/>
+    <w:rsid w:val="005C082B"/>
+    <w:rsid w:val="005D60BD"/>
+    <w:rsid w:val="005E2787"/>
+    <w:rsid w:val="005F2007"/>
+    <w:rsid w:val="005F7226"/>
+    <w:rsid w:val="005F799B"/>
+    <w:rsid w:val="00601019"/>
+    <w:rsid w:val="0061578B"/>
+    <w:rsid w:val="006165A9"/>
+    <w:rsid w:val="00617312"/>
+    <w:rsid w:val="00622EF5"/>
+    <w:rsid w:val="00630612"/>
+    <w:rsid w:val="00632028"/>
+    <w:rsid w:val="006571A9"/>
+    <w:rsid w:val="006712E1"/>
+    <w:rsid w:val="006719A4"/>
+    <w:rsid w:val="00675D37"/>
+    <w:rsid w:val="00680804"/>
+    <w:rsid w:val="006837F7"/>
+    <w:rsid w:val="00687655"/>
+    <w:rsid w:val="006A31C2"/>
+    <w:rsid w:val="006B465A"/>
+    <w:rsid w:val="006C58F8"/>
+    <w:rsid w:val="006D03B7"/>
+    <w:rsid w:val="006E6A6F"/>
+    <w:rsid w:val="006F1278"/>
+    <w:rsid w:val="006F2AB5"/>
+    <w:rsid w:val="00702282"/>
+    <w:rsid w:val="00704254"/>
+    <w:rsid w:val="007063F8"/>
+    <w:rsid w:val="007214F4"/>
+    <w:rsid w:val="007320E7"/>
+    <w:rsid w:val="00732E15"/>
+    <w:rsid w:val="00740103"/>
+    <w:rsid w:val="007459A6"/>
+    <w:rsid w:val="00754FE0"/>
+    <w:rsid w:val="00760A77"/>
+    <w:rsid w:val="007643C2"/>
+    <w:rsid w:val="00780AC7"/>
+    <w:rsid w:val="00781DE9"/>
+    <w:rsid w:val="007820D3"/>
+    <w:rsid w:val="00785C59"/>
+    <w:rsid w:val="00786894"/>
+    <w:rsid w:val="0078711F"/>
+    <w:rsid w:val="0079272B"/>
+    <w:rsid w:val="007A2447"/>
+    <w:rsid w:val="007B11B9"/>
+    <w:rsid w:val="007B666C"/>
+    <w:rsid w:val="007B6885"/>
+    <w:rsid w:val="007D166D"/>
+    <w:rsid w:val="007D574E"/>
+    <w:rsid w:val="007D5871"/>
+    <w:rsid w:val="007F461F"/>
+    <w:rsid w:val="007F48C8"/>
+    <w:rsid w:val="008010BF"/>
+    <w:rsid w:val="00803261"/>
+    <w:rsid w:val="00812119"/>
+    <w:rsid w:val="008242B1"/>
+    <w:rsid w:val="008379EE"/>
+    <w:rsid w:val="0084555E"/>
+    <w:rsid w:val="008512F0"/>
+    <w:rsid w:val="00852057"/>
+    <w:rsid w:val="00854ED2"/>
+    <w:rsid w:val="00856B60"/>
+    <w:rsid w:val="0086120B"/>
+    <w:rsid w:val="00882771"/>
+    <w:rsid w:val="00882C60"/>
+    <w:rsid w:val="00887D0E"/>
+    <w:rsid w:val="008A3A52"/>
+    <w:rsid w:val="008F164F"/>
+    <w:rsid w:val="00917914"/>
+    <w:rsid w:val="009216AB"/>
+    <w:rsid w:val="009234DE"/>
+    <w:rsid w:val="00930279"/>
+    <w:rsid w:val="0093114D"/>
+    <w:rsid w:val="00934AB9"/>
+    <w:rsid w:val="00945C1D"/>
+    <w:rsid w:val="00951007"/>
+    <w:rsid w:val="009510B8"/>
+    <w:rsid w:val="009563CE"/>
+    <w:rsid w:val="009759DE"/>
+    <w:rsid w:val="009766B5"/>
+    <w:rsid w:val="009828C2"/>
+    <w:rsid w:val="00993CD1"/>
+    <w:rsid w:val="009A39C9"/>
+    <w:rsid w:val="009B3AE1"/>
+    <w:rsid w:val="009F290B"/>
+    <w:rsid w:val="009F3F1A"/>
+    <w:rsid w:val="009F4986"/>
+    <w:rsid w:val="00A01A9A"/>
+    <w:rsid w:val="00A10264"/>
+    <w:rsid w:val="00A121AC"/>
+    <w:rsid w:val="00A14952"/>
+    <w:rsid w:val="00A1797C"/>
+    <w:rsid w:val="00A20C54"/>
+    <w:rsid w:val="00A2621B"/>
+    <w:rsid w:val="00A40DB3"/>
+    <w:rsid w:val="00A43B4E"/>
+    <w:rsid w:val="00A55D7F"/>
+    <w:rsid w:val="00A66837"/>
+    <w:rsid w:val="00A71789"/>
+    <w:rsid w:val="00A7555C"/>
+    <w:rsid w:val="00A81097"/>
+    <w:rsid w:val="00A9387F"/>
+    <w:rsid w:val="00AB59D0"/>
+    <w:rsid w:val="00AD05FA"/>
+    <w:rsid w:val="00AE57B2"/>
+    <w:rsid w:val="00AF2EC8"/>
+    <w:rsid w:val="00AF3B2F"/>
+    <w:rsid w:val="00B005AE"/>
+    <w:rsid w:val="00B01210"/>
+    <w:rsid w:val="00B01B89"/>
+    <w:rsid w:val="00B02E16"/>
+    <w:rsid w:val="00B14918"/>
+    <w:rsid w:val="00B32431"/>
+    <w:rsid w:val="00B473D6"/>
+    <w:rsid w:val="00B56295"/>
+    <w:rsid w:val="00B651E0"/>
+    <w:rsid w:val="00B73206"/>
+    <w:rsid w:val="00B766C5"/>
+    <w:rsid w:val="00B76B87"/>
+    <w:rsid w:val="00B93524"/>
+    <w:rsid w:val="00BA62DC"/>
+    <w:rsid w:val="00BB0902"/>
+    <w:rsid w:val="00BB1965"/>
+    <w:rsid w:val="00C13A02"/>
+    <w:rsid w:val="00C20755"/>
+    <w:rsid w:val="00C21299"/>
+    <w:rsid w:val="00C37A7B"/>
+    <w:rsid w:val="00C74100"/>
+    <w:rsid w:val="00C7693A"/>
+    <w:rsid w:val="00C92D7D"/>
+    <w:rsid w:val="00C930F6"/>
+    <w:rsid w:val="00C9439B"/>
+    <w:rsid w:val="00C9468B"/>
+    <w:rsid w:val="00CA657F"/>
+    <w:rsid w:val="00CB2CDC"/>
+    <w:rsid w:val="00CB4812"/>
+    <w:rsid w:val="00CC2300"/>
+    <w:rsid w:val="00CD01E2"/>
+    <w:rsid w:val="00CE2E3E"/>
+    <w:rsid w:val="00CF2B84"/>
+    <w:rsid w:val="00D15B9B"/>
+    <w:rsid w:val="00D2094A"/>
+    <w:rsid w:val="00D21169"/>
+    <w:rsid w:val="00D27C49"/>
+    <w:rsid w:val="00D4297F"/>
+    <w:rsid w:val="00D45B7F"/>
+    <w:rsid w:val="00D61F6F"/>
+    <w:rsid w:val="00D72399"/>
+    <w:rsid w:val="00D73E3F"/>
+    <w:rsid w:val="00D75604"/>
+    <w:rsid w:val="00D84BB5"/>
+    <w:rsid w:val="00DD1A0F"/>
+    <w:rsid w:val="00DD6B9A"/>
+    <w:rsid w:val="00DE24F2"/>
+    <w:rsid w:val="00DE4207"/>
+    <w:rsid w:val="00E14A9B"/>
+    <w:rsid w:val="00E16047"/>
+    <w:rsid w:val="00E41E41"/>
+    <w:rsid w:val="00E52D08"/>
+    <w:rsid w:val="00E66C4D"/>
+    <w:rsid w:val="00E713CD"/>
+    <w:rsid w:val="00E91740"/>
+    <w:rsid w:val="00EA124B"/>
+    <w:rsid w:val="00EB4AA2"/>
+    <w:rsid w:val="00EC0B59"/>
+    <w:rsid w:val="00EC4EF9"/>
+    <w:rsid w:val="00EC78C7"/>
+    <w:rsid w:val="00EE02C1"/>
+    <w:rsid w:val="00EE09FB"/>
+    <w:rsid w:val="00EE1CF6"/>
+    <w:rsid w:val="00EF17CA"/>
+    <w:rsid w:val="00EF5FED"/>
+    <w:rsid w:val="00F052E5"/>
+    <w:rsid w:val="00F12FE3"/>
+    <w:rsid w:val="00F214CA"/>
+    <w:rsid w:val="00F21E65"/>
+    <w:rsid w:val="00F30341"/>
+    <w:rsid w:val="00F35232"/>
+    <w:rsid w:val="00F44FE9"/>
+    <w:rsid w:val="00F50288"/>
+    <w:rsid w:val="00F561EB"/>
+    <w:rsid w:val="00F70C8C"/>
+    <w:rsid w:val="00F73B44"/>
+    <w:rsid w:val="00F774B8"/>
+    <w:rsid w:val="00F830B8"/>
+    <w:rsid w:val="00F83911"/>
+    <w:rsid w:val="00F90677"/>
+    <w:rsid w:val="00FB1E13"/>
+    <w:rsid w:val="00FB596F"/>
+    <w:rsid w:val="00FC6CBC"/>
+    <w:rsid w:val="00FE4486"/>
+    <w:rsid w:val="00FF7BAB"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="tr-TR"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6D2525AB"/>
+  <w15:docId w15:val="{CA7EFFEE-E275-490A-A3B5-7E1BC8B18ACD}"/>
+</w:settings>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00167062"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00167062"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00167062"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00167062"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00167062"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00167062"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TabloKlavuzu">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:rsid w:val="00167062"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00167062"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EC0B59"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="0020422A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0020422A"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avesis.akdeniz.edu.tr/bozkan/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Ofis">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Ofis">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Ofis">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...615 lines deleted...]
-</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>370</Words>
+  <Characters>2111</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
+        <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sınav Ücret Bildirim Formu</vt:lpstr>
+      <vt:lpstr>T</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>au</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2477</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>BİLAL KÖKEN</dc:creator>
+  <dc:title>T</dc:title>
+  <dc:creator>au</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>